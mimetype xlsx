--- v0 (2025-10-03)
+++ v1 (2025-12-16)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="408" uniqueCount="171">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="594" uniqueCount="238">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
@@ -523,50 +523,251 @@
     <t>5611</t>
   </si>
   <si>
     <t>Referente ao ADVIA Nº 006/2024 - Adiantamento de viagens</t>
   </si>
   <si>
     <t>5614</t>
   </si>
   <si>
     <t>Referente ao ADVIA Nº 007/2024 - Adiantamento de viagens</t>
   </si>
   <si>
     <t>5617</t>
   </si>
   <si>
     <t>Referente ao ADVIA Nº 008/2024 - Adiantamento de viagens</t>
   </si>
   <si>
     <t>5620</t>
   </si>
   <si>
     <t>Referente ao ADVIA Nº 009/2024 - Adiantamento de viagens</t>
   </si>
   <si>
     <t>5652</t>
+  </si>
+  <si>
+    <t>6591</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>Viagem para a cidade de São Paulo, no dia 11/05/2025, Vereadores Lúcia Rosa da Silva Poiares, Assessora Maria José Martins Fabris e Motorista da Câmara (Empenho n°140/2025).</t>
+  </si>
+  <si>
+    <t>6592</t>
+  </si>
+  <si>
+    <t>Viagem para a Cidade de Brodowski, no dia 26/06/2025, Vereador Edcarlos das Graças Gonçalves e Assessor Cristian Ferreira Justino (Empenho n°155/2025).</t>
+  </si>
+  <si>
+    <t>6593</t>
+  </si>
+  <si>
+    <t>Viagem para a cidade de São Paulo no dia 26/03/2025, Vereador Fernandes Dias de Souza e Ivanésio de Oliveira Santos (Empenho n°74/2025).</t>
+  </si>
+  <si>
+    <t>6594</t>
+  </si>
+  <si>
+    <t>Viagem para a cidade de São Paulo, no dia 22/05/2025, vereador Paulo Roberto Cassiolato Filho (Empenho n°130/2025).</t>
+  </si>
+  <si>
+    <t>6595</t>
+  </si>
+  <si>
+    <t>Viagem para a cidade de São Paulo, no dia 05/04/2025, vereador Paulo Roberto Cassiolato Filho (Empenho n°89/2025).</t>
+  </si>
+  <si>
+    <t>6596</t>
+  </si>
+  <si>
+    <t>Viagem para a cidade de São Paulo, no dia 10/04/2025, Vereadora Maria da Silva, Vereador Fernandes Sousa e Assessora Edmara Elaine Moura Fernandes (Empenho n°88/2025)</t>
+  </si>
+  <si>
+    <t>6597</t>
+  </si>
+  <si>
+    <t>Viagem para a cidade de  São Carlos no dia 19/05/2025, Vereadora Lucia Rosa da Silva Poiares, Vereador Paulo Roberto Cassiolato Filho e Assessora Maria José Martins Fabris (Empenho n°128/2025).</t>
+  </si>
+  <si>
+    <t>6598</t>
+  </si>
+  <si>
+    <t>Viagem para a cidade de São Paulo, no dia 07/03/2025, Osiel Wiesel da Silva, Raul Prezzoto Armando e Ivanésio de Oliveira Santos (Empenho n°59/2025).</t>
+  </si>
+  <si>
+    <t>6600</t>
+  </si>
+  <si>
+    <t>Viagem para a cidade de Brasília, nos dias 19 a 21/02/2025, Vereadora Lucia Rosa da Silva Poiares, Vereador Paulo Roberto Cassiolato Filho e Assessora Maria José Martins Fabris (Empenho n°36/2025).</t>
+  </si>
+  <si>
+    <t>6601</t>
+  </si>
+  <si>
+    <t>Viagem para a cidade de São Paulo, no dia 31/07/2025, Vereadora Maria da Silva, Vereador Fernandes Sousa, Assessora Edmara Elaine Moura Fernandes e Marcos motorista da Câmara (Empenho n°193/2025).</t>
+  </si>
+  <si>
+    <t>6602</t>
+  </si>
+  <si>
+    <t>Viagem para a cidade de São Paulo, no dia 10/03/2025, Vereador Paulo Roberto Cassiolato Filho (Empenho n°57/2025).</t>
+  </si>
+  <si>
+    <t>6603</t>
+  </si>
+  <si>
+    <t>Viagem para a cidade de São Paulo, no dia 14/07/2025, Vereador Paulo Roberto Cassiolato Filho (Empenho n°171/2025).</t>
+  </si>
+  <si>
+    <t>6605</t>
+  </si>
+  <si>
+    <t>Viagem para a cidade de São Paulo, no dia 01/08/2025, Vereador Paulo Roberto Cassiolato Filho e Paulo Ricardo da Silva Rosário (Empenho n°195/2025).</t>
+  </si>
+  <si>
+    <t>6606</t>
+  </si>
+  <si>
+    <t>Viagem para a cidade de São Paulo, no dia 14/05/2025, Vereador Luiz Antônio do Valle e Assessor Nagib Almeida Issa (Empenho n°121/2025).</t>
+  </si>
+  <si>
+    <t>6607</t>
+  </si>
+  <si>
+    <t>Viagem para a cidade de São Paulo, no dia 25/07/2025, Vereadora Lucia Rosa da Silva Poiares e Assessora Maria José Martins Fabris e Motorista da Câmara (Empenho n°154/2025).</t>
+  </si>
+  <si>
+    <t>6608</t>
+  </si>
+  <si>
+    <t>Viagem para São Paulo, no dia 30/04/2025, Deputada Estadual Delegada Graciella e Diretor Superintendente da Artesp André Isper (Empenho n°104/2025).</t>
+  </si>
+  <si>
+    <t>6609</t>
+  </si>
+  <si>
+    <t>Viagem para a cidade de Franca, no dia 07/07/2025, Vereador Airton José Bis, Vereador Paulo Ricardo do Rosário, Assessora Maria Helena Pio do Bem e Assessora Alessandra Titoto (Empenho n°169/2025).</t>
+  </si>
+  <si>
+    <t>6610</t>
+  </si>
+  <si>
+    <t>Viagem para a cidade de São Paulo, no dia 15/07/2025, Vereador Fernandes Sousa, Assessora Edilaine Lopes e Marcos motorista da Câmara (Empenho n°172/2025).</t>
+  </si>
+  <si>
+    <t>6611</t>
+  </si>
+  <si>
+    <t>Viagem para a cidade de São Paulo, no dia 21/05/2025, Vereador Thiago Henrique de Assis (Empenho n°129/2025).</t>
+  </si>
+  <si>
+    <t>6612</t>
+  </si>
+  <si>
+    <t>Viagem para a cidade de São Paulo, no dia 04/04/2025, Vereadora Rosemeire Ap. Barbosa  Storari, Assessora Ana Iris Soares da Silva Paula, Vereador Fernandes Dias Sousa e Ivanésio de Oliveira Santos (Empenho n°78/2025).</t>
+  </si>
+  <si>
+    <t>6613</t>
+  </si>
+  <si>
+    <t>Viagem para a cidade de São Paulo, no dia 03/07/2025, Vereador Paulo Ricardo, Assessora Alessandra, Secretaria Maria Amélia Zamariolli e sua assistente (Empenho n°165/2025).</t>
+  </si>
+  <si>
+    <t>6614</t>
+  </si>
+  <si>
+    <t>Viagem para a cidade de São Paulo, nos dias 16/04 e 17/04/2025, Vereador Edcarlos Das Graças Gonçalves e Assessor Cristian Ferreira Justino (Empenho n°90/2025).</t>
+  </si>
+  <si>
+    <t>6615</t>
+  </si>
+  <si>
+    <t>Viagem para a cidade de São Paulo, no dia 02/04/2025, Vereadora Maria da Silva, Vereador Fernandes Sousa e Assessora Edmara Moura Fernandes  (Empenho n°77/2025).</t>
+  </si>
+  <si>
+    <t>6616</t>
+  </si>
+  <si>
+    <t>Viagem para a cidade de São Paulo, nos dias 26/07 a 28/07/2025, Vereador Edcarlos das Graças Gonçalves e Assessor Cristian Ferreira Justino (Empenho n°192/2025).</t>
+  </si>
+  <si>
+    <t>6617</t>
+  </si>
+  <si>
+    <t>Viagem para a cidade de São Paulo, no dia 10/09/2025, Vereadora Lúcia Rosa da Silva Poiares (Empenho n°237/2025).</t>
+  </si>
+  <si>
+    <t>6618</t>
+  </si>
+  <si>
+    <t>Viagem para a cidade de São Paulo, no dia 23/09/2025, Vereador Thiago Henrique de Assis (Empenho n°246/2025).</t>
+  </si>
+  <si>
+    <t>6619</t>
+  </si>
+  <si>
+    <t>Viagem para a cidade de Batatais, no dia 22/01/2025, Vereadora Rosemeire Ap. Barbosa Storari, Assessora Ana Iris Soares da Silva Paula e Vereador Paulo Roberto Cassiolato Filho (Empenho n°19/2025).</t>
+  </si>
+  <si>
+    <t>6620</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>Viagem para as cidades de Orlândia e são Joaquim da Barra, no dia 12/02/2025, Vereador Edcarlos das Graças Gonçalves, Vereadora Rosemeire Aparecida Barbosa Storari e Assessor Cristian Ferreira Justino (Empenho n°33/2025).</t>
+  </si>
+  <si>
+    <t>6621</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>Viagem para a cidade de Ribeirão Preto, no dia 21/03/2025, Vereador Edcarlos das Graças Gonçalves e Assessor Cristian Ferreira Justino (Empenho n°71/2025).</t>
+  </si>
+  <si>
+    <t>6622</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>Viagem para a cidade de Rio Claro, no dia 07/05/2025, Vereador Thiago Henrique de Assis (Empenho n°113/2025).</t>
+  </si>
+  <si>
+    <t>6623</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>Viagem para a cidade de São Paulo, no dia 19/03/2025, Vereadora Lucia Rosa da Silva Poiares, Vereador Paulo Roberto Cassiolato Filho e Assessora Maria José Martins Fabris (Empenho n°61/2025).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -858,61 +1059,61 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F68"/>
+  <dimension ref="A1:F99"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="91.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="200.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
@@ -2229,50 +2430,670 @@
       <c r="E67" t="s">
         <v>10</v>
       </c>
       <c r="F67" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
         <v>170</v>
       </c>
       <c r="B68" t="s">
         <v>153</v>
       </c>
       <c r="C68" t="s">
         <v>52</v>
       </c>
       <c r="D68" t="s">
         <v>9</v>
       </c>
       <c r="E68" t="s">
         <v>10</v>
       </c>
       <c r="F68" t="s">
         <v>32</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6">
+      <c r="A69" t="s">
+        <v>171</v>
+      </c>
+      <c r="B69" t="s">
+        <v>172</v>
+      </c>
+      <c r="C69" t="s">
+        <v>8</v>
+      </c>
+      <c r="D69" t="s">
+        <v>9</v>
+      </c>
+      <c r="E69" t="s">
+        <v>10</v>
+      </c>
+      <c r="F69" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6">
+      <c r="A70" t="s">
+        <v>174</v>
+      </c>
+      <c r="B70" t="s">
+        <v>172</v>
+      </c>
+      <c r="C70" t="s">
+        <v>13</v>
+      </c>
+      <c r="D70" t="s">
+        <v>9</v>
+      </c>
+      <c r="E70" t="s">
+        <v>10</v>
+      </c>
+      <c r="F70" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6">
+      <c r="A71" t="s">
+        <v>176</v>
+      </c>
+      <c r="B71" t="s">
+        <v>172</v>
+      </c>
+      <c r="C71" t="s">
+        <v>16</v>
+      </c>
+      <c r="D71" t="s">
+        <v>9</v>
+      </c>
+      <c r="E71" t="s">
+        <v>10</v>
+      </c>
+      <c r="F71" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6">
+      <c r="A72" t="s">
+        <v>178</v>
+      </c>
+      <c r="B72" t="s">
+        <v>172</v>
+      </c>
+      <c r="C72" t="s">
+        <v>19</v>
+      </c>
+      <c r="D72" t="s">
+        <v>9</v>
+      </c>
+      <c r="E72" t="s">
+        <v>10</v>
+      </c>
+      <c r="F72" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6">
+      <c r="A73" t="s">
+        <v>180</v>
+      </c>
+      <c r="B73" t="s">
+        <v>172</v>
+      </c>
+      <c r="C73" t="s">
+        <v>22</v>
+      </c>
+      <c r="D73" t="s">
+        <v>9</v>
+      </c>
+      <c r="E73" t="s">
+        <v>10</v>
+      </c>
+      <c r="F73" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6">
+      <c r="A74" t="s">
+        <v>182</v>
+      </c>
+      <c r="B74" t="s">
+        <v>172</v>
+      </c>
+      <c r="C74" t="s">
+        <v>25</v>
+      </c>
+      <c r="D74" t="s">
+        <v>9</v>
+      </c>
+      <c r="E74" t="s">
+        <v>10</v>
+      </c>
+      <c r="F74" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6">
+      <c r="A75" t="s">
+        <v>184</v>
+      </c>
+      <c r="B75" t="s">
+        <v>172</v>
+      </c>
+      <c r="C75" t="s">
+        <v>28</v>
+      </c>
+      <c r="D75" t="s">
+        <v>9</v>
+      </c>
+      <c r="E75" t="s">
+        <v>10</v>
+      </c>
+      <c r="F75" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6">
+      <c r="A76" t="s">
+        <v>186</v>
+      </c>
+      <c r="B76" t="s">
+        <v>172</v>
+      </c>
+      <c r="C76" t="s">
+        <v>46</v>
+      </c>
+      <c r="D76" t="s">
+        <v>9</v>
+      </c>
+      <c r="E76" t="s">
+        <v>10</v>
+      </c>
+      <c r="F76" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6">
+      <c r="A77" t="s">
+        <v>188</v>
+      </c>
+      <c r="B77" t="s">
+        <v>172</v>
+      </c>
+      <c r="C77" t="s">
+        <v>49</v>
+      </c>
+      <c r="D77" t="s">
+        <v>9</v>
+      </c>
+      <c r="E77" t="s">
+        <v>10</v>
+      </c>
+      <c r="F77" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6">
+      <c r="A78" t="s">
+        <v>190</v>
+      </c>
+      <c r="B78" t="s">
+        <v>172</v>
+      </c>
+      <c r="C78" t="s">
+        <v>52</v>
+      </c>
+      <c r="D78" t="s">
+        <v>9</v>
+      </c>
+      <c r="E78" t="s">
+        <v>10</v>
+      </c>
+      <c r="F78" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6">
+      <c r="A79" t="s">
+        <v>192</v>
+      </c>
+      <c r="B79" t="s">
+        <v>172</v>
+      </c>
+      <c r="C79" t="s">
+        <v>55</v>
+      </c>
+      <c r="D79" t="s">
+        <v>9</v>
+      </c>
+      <c r="E79" t="s">
+        <v>10</v>
+      </c>
+      <c r="F79" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6">
+      <c r="A80" t="s">
+        <v>194</v>
+      </c>
+      <c r="B80" t="s">
+        <v>172</v>
+      </c>
+      <c r="C80" t="s">
+        <v>58</v>
+      </c>
+      <c r="D80" t="s">
+        <v>9</v>
+      </c>
+      <c r="E80" t="s">
+        <v>10</v>
+      </c>
+      <c r="F80" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6">
+      <c r="A81" t="s">
+        <v>196</v>
+      </c>
+      <c r="B81" t="s">
+        <v>172</v>
+      </c>
+      <c r="C81" t="s">
+        <v>61</v>
+      </c>
+      <c r="D81" t="s">
+        <v>9</v>
+      </c>
+      <c r="E81" t="s">
+        <v>10</v>
+      </c>
+      <c r="F81" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6">
+      <c r="A82" t="s">
+        <v>198</v>
+      </c>
+      <c r="B82" t="s">
+        <v>172</v>
+      </c>
+      <c r="C82" t="s">
+        <v>64</v>
+      </c>
+      <c r="D82" t="s">
+        <v>9</v>
+      </c>
+      <c r="E82" t="s">
+        <v>10</v>
+      </c>
+      <c r="F82" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6">
+      <c r="A83" t="s">
+        <v>200</v>
+      </c>
+      <c r="B83" t="s">
+        <v>172</v>
+      </c>
+      <c r="C83" t="s">
+        <v>67</v>
+      </c>
+      <c r="D83" t="s">
+        <v>9</v>
+      </c>
+      <c r="E83" t="s">
+        <v>10</v>
+      </c>
+      <c r="F83" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6">
+      <c r="A84" t="s">
+        <v>202</v>
+      </c>
+      <c r="B84" t="s">
+        <v>172</v>
+      </c>
+      <c r="C84" t="s">
+        <v>70</v>
+      </c>
+      <c r="D84" t="s">
+        <v>9</v>
+      </c>
+      <c r="E84" t="s">
+        <v>10</v>
+      </c>
+      <c r="F84" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6">
+      <c r="A85" t="s">
+        <v>204</v>
+      </c>
+      <c r="B85" t="s">
+        <v>172</v>
+      </c>
+      <c r="C85" t="s">
+        <v>73</v>
+      </c>
+      <c r="D85" t="s">
+        <v>9</v>
+      </c>
+      <c r="E85" t="s">
+        <v>10</v>
+      </c>
+      <c r="F85" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6">
+      <c r="A86" t="s">
+        <v>206</v>
+      </c>
+      <c r="B86" t="s">
+        <v>172</v>
+      </c>
+      <c r="C86" t="s">
+        <v>76</v>
+      </c>
+      <c r="D86" t="s">
+        <v>9</v>
+      </c>
+      <c r="E86" t="s">
+        <v>10</v>
+      </c>
+      <c r="F86" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6">
+      <c r="A87" t="s">
+        <v>208</v>
+      </c>
+      <c r="B87" t="s">
+        <v>172</v>
+      </c>
+      <c r="C87" t="s">
+        <v>79</v>
+      </c>
+      <c r="D87" t="s">
+        <v>9</v>
+      </c>
+      <c r="E87" t="s">
+        <v>10</v>
+      </c>
+      <c r="F87" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6">
+      <c r="A88" t="s">
+        <v>210</v>
+      </c>
+      <c r="B88" t="s">
+        <v>172</v>
+      </c>
+      <c r="C88" t="s">
+        <v>82</v>
+      </c>
+      <c r="D88" t="s">
+        <v>9</v>
+      </c>
+      <c r="E88" t="s">
+        <v>10</v>
+      </c>
+      <c r="F88" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6">
+      <c r="A89" t="s">
+        <v>212</v>
+      </c>
+      <c r="B89" t="s">
+        <v>172</v>
+      </c>
+      <c r="C89" t="s">
+        <v>85</v>
+      </c>
+      <c r="D89" t="s">
+        <v>9</v>
+      </c>
+      <c r="E89" t="s">
+        <v>10</v>
+      </c>
+      <c r="F89" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6">
+      <c r="A90" t="s">
+        <v>214</v>
+      </c>
+      <c r="B90" t="s">
+        <v>172</v>
+      </c>
+      <c r="C90" t="s">
+        <v>88</v>
+      </c>
+      <c r="D90" t="s">
+        <v>9</v>
+      </c>
+      <c r="E90" t="s">
+        <v>10</v>
+      </c>
+      <c r="F90" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6">
+      <c r="A91" t="s">
+        <v>216</v>
+      </c>
+      <c r="B91" t="s">
+        <v>172</v>
+      </c>
+      <c r="C91" t="s">
+        <v>91</v>
+      </c>
+      <c r="D91" t="s">
+        <v>9</v>
+      </c>
+      <c r="E91" t="s">
+        <v>10</v>
+      </c>
+      <c r="F91" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6">
+      <c r="A92" t="s">
+        <v>218</v>
+      </c>
+      <c r="B92" t="s">
+        <v>172</v>
+      </c>
+      <c r="C92" t="s">
+        <v>141</v>
+      </c>
+      <c r="D92" t="s">
+        <v>9</v>
+      </c>
+      <c r="E92" t="s">
+        <v>10</v>
+      </c>
+      <c r="F92" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6">
+      <c r="A93" t="s">
+        <v>220</v>
+      </c>
+      <c r="B93" t="s">
+        <v>172</v>
+      </c>
+      <c r="C93" t="s">
+        <v>144</v>
+      </c>
+      <c r="D93" t="s">
+        <v>9</v>
+      </c>
+      <c r="E93" t="s">
+        <v>10</v>
+      </c>
+      <c r="F93" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6">
+      <c r="A94" t="s">
+        <v>222</v>
+      </c>
+      <c r="B94" t="s">
+        <v>172</v>
+      </c>
+      <c r="C94" t="s">
+        <v>147</v>
+      </c>
+      <c r="D94" t="s">
+        <v>9</v>
+      </c>
+      <c r="E94" t="s">
+        <v>10</v>
+      </c>
+      <c r="F94" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6">
+      <c r="A95" t="s">
+        <v>224</v>
+      </c>
+      <c r="B95" t="s">
+        <v>172</v>
+      </c>
+      <c r="C95" t="s">
+        <v>150</v>
+      </c>
+      <c r="D95" t="s">
+        <v>9</v>
+      </c>
+      <c r="E95" t="s">
+        <v>10</v>
+      </c>
+      <c r="F95" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="96" spans="1:6">
+      <c r="A96" t="s">
+        <v>226</v>
+      </c>
+      <c r="B96" t="s">
+        <v>172</v>
+      </c>
+      <c r="C96" t="s">
+        <v>227</v>
+      </c>
+      <c r="D96" t="s">
+        <v>9</v>
+      </c>
+      <c r="E96" t="s">
+        <v>10</v>
+      </c>
+      <c r="F96" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="97" spans="1:6">
+      <c r="A97" t="s">
+        <v>229</v>
+      </c>
+      <c r="B97" t="s">
+        <v>172</v>
+      </c>
+      <c r="C97" t="s">
+        <v>230</v>
+      </c>
+      <c r="D97" t="s">
+        <v>9</v>
+      </c>
+      <c r="E97" t="s">
+        <v>10</v>
+      </c>
+      <c r="F97" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="98" spans="1:6">
+      <c r="A98" t="s">
+        <v>232</v>
+      </c>
+      <c r="B98" t="s">
+        <v>172</v>
+      </c>
+      <c r="C98" t="s">
+        <v>233</v>
+      </c>
+      <c r="D98" t="s">
+        <v>9</v>
+      </c>
+      <c r="E98" t="s">
+        <v>10</v>
+      </c>
+      <c r="F98" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="99" spans="1:6">
+      <c r="A99" t="s">
+        <v>235</v>
+      </c>
+      <c r="B99" t="s">
+        <v>172</v>
+      </c>
+      <c r="C99" t="s">
+        <v>236</v>
+      </c>
+      <c r="D99" t="s">
+        <v>9</v>
+      </c>
+      <c r="E99" t="s">
+        <v>10</v>
+      </c>
+      <c r="F99" t="s">
+        <v>237</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>