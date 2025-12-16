--- v0 (2025-10-03)
+++ v1 (2025-12-16)
@@ -117,51 +117,51 @@
   <si>
     <t>Projeto de Decreto Legislativo nº 22 de 2025</t>
   </si>
   <si>
     <t>Bis do Hospital</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO BENEMÉRITO PARA AMÉLIO VALDEVITE PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE SERRANA.</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo nº 23 de 2025</t>
   </si>
   <si>
     <t>Maria do Tenório</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ SERRANENSE À SENHORITA RAFAELA PRAVATO COLATO PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE SERRANA.</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (Executivo) nº 21 de 2025</t>
   </si>
   <si>
-    <t>DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE SERRANA PARA O QUADRIÊNIO 2026/2029 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+    <t>Dispõe sobre o Plano Plurianual do Município de Serrana para o quadriênio 2026/2029 e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (Executivo) nº 22 de 2025</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 57 de 2025</t>
   </si>
   <si>
     <t>Edina da Farmácia</t>
   </si>
   <si>
     <t>Dispõe sobre a adoção do nome de Domercino Neves Quintal, como nomenclatura de via pública.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 58 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre a adoção do nome de Hislei Marcolino, como nomenclatura de via pública.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 59 de 2025</t>
   </si>