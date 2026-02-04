--- v0 (2025-12-16)
+++ v1 (2026-02-04)
@@ -150,51 +150,51 @@
   <si>
     <t>Bis do Hospital,Cintia do Duda,Edcarlos Ticalão,Edina da Farmácia,Fernandes Fimper,Luiz Paraguai,Lúcia Poiares,Maria do Tenório,Paulo Ricardo,Policial Paulo Cassiolato,Protetora Rose Storari,Thiago da Academia,Waldenor Cabeleireiro</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO SERRANENSE A DIMAS RAMALHO, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE SERRANA.</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (Executivo) nº 28 de 2025</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar (Executivo) nº 16 de 2025</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE DIREITO REAL DE USO, COM ENCARGOS, DE IMÓVEL PÚBLICO À FERRAÇO FERRAGENS E SERVIÇOS LTDA, PARA FINS QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 87 de 2025</t>
   </si>
   <si>
-    <t>DISPÕES SOBRE DENOMINAÇÃO DE BEM PÚBLICO EM HOMENAGEM A "ANÉZIO DOS SANTOS".</t>
+    <t>DISPÕE SOBRE DENOMINAÇÃO DE BEM PÚBLICO EM HOMENAGEM A "ANÉZIO DOS SANTOS".</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 88 de 2025</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ADOÇÃO DO NOME DE CARLOS JOSÉ FERREIRA DOS SANTOS, COMO NOMENCLATURA DE VIA PÚBLICA.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 89 de 2025</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ADOÇÃO DO NOME DE BENEDITO RIBEIRO DE PAULA COMO NOMENCLATURA DE VIA PÚBLICA.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 90 de 2025</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ADOÇÃO DO NOME DE WALTER TERÇARIOL COMO NOMENCLATURA DE VIA PÚBLICA.</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo nº 29 de 2025</t>
   </si>
   <si>
     <t>Maria do Tenório</t>
   </si>